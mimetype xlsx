--- v0 (2025-10-23)
+++ v1 (2026-03-04)
@@ -12,65 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historie cen jednotky" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Datum do</t>
   </si>
   <si>
     <t>AHPJ</t>
   </si>
   <si>
     <t>Měna</t>
   </si>
   <si>
+    <t>24.2.2026</t>
+  </si>
+  <si>
+    <t>CZK</t>
+  </si>
+  <si>
+    <t>17.2.2026</t>
+  </si>
+  <si>
+    <t>10.2.2026</t>
+  </si>
+  <si>
+    <t>3.2.2026</t>
+  </si>
+  <si>
+    <t>27.1.2026</t>
+  </si>
+  <si>
+    <t>20.1.2026</t>
+  </si>
+  <si>
+    <t>13.1.2026</t>
+  </si>
+  <si>
+    <t>6.1.2026</t>
+  </si>
+  <si>
+    <t>31.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>22.12.2025</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
+  </si>
+  <si>
+    <t>2.12.2025</t>
+  </si>
+  <si>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>18.11.2025</t>
+  </si>
+  <si>
+    <t>12.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>3.11.2025</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
     <t>14.10.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>CZK</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>23.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>9.9.2025</t>
   </si>
   <si>
     <t>2.9.2025</t>
   </si>
   <si>
     <t>26.8.2025</t>
   </si>
   <si>
     <t>19.8.2025</t>
   </si>
@@ -1103,2711 +1166,2942 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C242"/>
+  <dimension ref="A1:C263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>1.168</v>
+        <v>1.1895</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>1.1639</v>
+        <v>1.1895</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5">
-        <v>1.1603</v>
+        <v>1.1834</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6">
-        <v>1.1632</v>
+        <v>1.1842</v>
       </c>
       <c r="C6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>1.166</v>
+        <v>1.1805</v>
       </c>
       <c r="C7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8">
-        <v>1.1661</v>
+        <v>1.1745</v>
       </c>
       <c r="C8" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9">
-        <v>1.1656</v>
+        <v>1.1776</v>
       </c>
       <c r="C9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
-        <v>1.1666</v>
+        <v>1.1753</v>
       </c>
       <c r="C10" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
-        <v>1.1645</v>
+        <v>1.1695</v>
       </c>
       <c r="C11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12">
-        <v>1.163</v>
+        <v>1.1694</v>
       </c>
       <c r="C12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13">
-        <v>1.164</v>
+        <v>1.1675</v>
       </c>
       <c r="C13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>1.1618</v>
+        <v>1.1609</v>
       </c>
       <c r="C14" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15">
-        <v>1.1632</v>
+        <v>1.1615</v>
       </c>
       <c r="C15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16">
-        <v>1.1626</v>
+        <v>1.1632</v>
       </c>
       <c r="C16" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17">
-        <v>1.1639</v>
+        <v>1.1621</v>
       </c>
       <c r="C17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18">
-        <v>1.1651</v>
+        <v>1.1596</v>
       </c>
       <c r="C18" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19">
-        <v>1.1643</v>
+        <v>1.1618</v>
       </c>
       <c r="C19" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20">
-        <v>1.1636</v>
+        <v>1.1643</v>
       </c>
       <c r="C20" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21">
-        <v>1.1612</v>
+        <v>1.1646</v>
       </c>
       <c r="C21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22">
-        <v>1.1621</v>
+        <v>1.1686</v>
       </c>
       <c r="C22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23">
-        <v>1.1674</v>
+        <v>1.1702</v>
       </c>
       <c r="C23" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24">
-        <v>1.1645</v>
+        <v>1.168</v>
       </c>
       <c r="C24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>26</v>
       </c>
       <c r="B25">
-        <v>1.1631</v>
+        <v>1.1639</v>
       </c>
       <c r="C25" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26">
-        <v>1.1626</v>
+        <v>1.1603</v>
       </c>
       <c r="C26" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27">
-        <v>1.1667</v>
+        <v>1.1632</v>
       </c>
       <c r="C27" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>29</v>
       </c>
       <c r="B28">
-        <v>1.167</v>
+        <v>1.166</v>
       </c>
       <c r="C28" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>30</v>
       </c>
       <c r="B29">
-        <v>1.166</v>
+        <v>1.1661</v>
       </c>
       <c r="C29" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>31</v>
       </c>
       <c r="B30">
-        <v>1.1633</v>
+        <v>1.1656</v>
       </c>
       <c r="C30" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31">
-        <v>1.161</v>
+        <v>1.1666</v>
       </c>
       <c r="C31" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>33</v>
       </c>
       <c r="B32">
-        <v>1.1662</v>
+        <v>1.1645</v>
       </c>
       <c r="C32" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>34</v>
       </c>
       <c r="B33">
-        <v>1.154</v>
+        <v>1.163</v>
       </c>
       <c r="C33" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>35</v>
       </c>
       <c r="B34">
-        <v>1.1504</v>
+        <v>1.164</v>
       </c>
       <c r="C34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>36</v>
       </c>
       <c r="B35">
-        <v>1.1528</v>
+        <v>1.1618</v>
       </c>
       <c r="C35" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>37</v>
       </c>
       <c r="B36">
-        <v>1.1466</v>
+        <v>1.1632</v>
       </c>
       <c r="C36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>38</v>
       </c>
       <c r="B37">
-        <v>1.1579</v>
+        <v>1.1626</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>39</v>
       </c>
       <c r="B38">
-        <v>1.1565</v>
+        <v>1.1639</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>40</v>
       </c>
       <c r="B39">
-        <v>1.1574</v>
+        <v>1.1651</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>41</v>
       </c>
       <c r="B40">
-        <v>1.1571</v>
+        <v>1.1643</v>
       </c>
       <c r="C40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>42</v>
       </c>
       <c r="B41">
-        <v>1.1586</v>
+        <v>1.1636</v>
       </c>
       <c r="C41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>43</v>
       </c>
       <c r="B42">
-        <v>1.1524</v>
+        <v>1.1612</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>44</v>
       </c>
       <c r="B43">
-        <v>1.1496</v>
+        <v>1.1621</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>45</v>
       </c>
       <c r="B44">
-        <v>1.1444</v>
+        <v>1.1674</v>
       </c>
       <c r="C44" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>46</v>
       </c>
       <c r="B45">
-        <v>1.1449</v>
+        <v>1.1645</v>
       </c>
       <c r="C45" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>47</v>
       </c>
       <c r="B46">
-        <v>1.1445</v>
+        <v>1.1631</v>
       </c>
       <c r="C46" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>48</v>
       </c>
       <c r="B47">
-        <v>1.1442</v>
+        <v>1.1626</v>
       </c>
       <c r="C47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>49</v>
       </c>
       <c r="B48">
-        <v>1.146</v>
+        <v>1.1667</v>
       </c>
       <c r="C48" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49">
-        <v>1.1468</v>
+        <v>1.167</v>
       </c>
       <c r="C49" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>51</v>
       </c>
       <c r="B50">
-        <v>1.1492</v>
+        <v>1.166</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>52</v>
       </c>
       <c r="B51">
-        <v>1.1529</v>
+        <v>1.1633</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>53</v>
       </c>
       <c r="B52">
-        <v>1.1518</v>
+        <v>1.161</v>
       </c>
       <c r="C52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>54</v>
       </c>
       <c r="B53">
-        <v>1.1484</v>
+        <v>1.1662</v>
       </c>
       <c r="C53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>55</v>
       </c>
       <c r="B54">
-        <v>1.1465</v>
+        <v>1.154</v>
       </c>
       <c r="C54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>56</v>
       </c>
       <c r="B55">
-        <v>1.142</v>
+        <v>1.1504</v>
       </c>
       <c r="C55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>57</v>
       </c>
       <c r="B56">
-        <v>1.141</v>
+        <v>1.1528</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>58</v>
       </c>
       <c r="B57">
-        <v>1.1436</v>
+        <v>1.1466</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>59</v>
       </c>
       <c r="B58">
-        <v>1.1472</v>
+        <v>1.1579</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>60</v>
       </c>
       <c r="B59">
-        <v>1.1468</v>
+        <v>1.1565</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>61</v>
       </c>
       <c r="B60">
-        <v>1.1518</v>
+        <v>1.1574</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>62</v>
       </c>
       <c r="B61">
-        <v>1.1542</v>
+        <v>1.1571</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>63</v>
       </c>
       <c r="B62">
-        <v>1.1519</v>
+        <v>1.1586</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>64</v>
       </c>
       <c r="B63">
-        <v>1.1529</v>
+        <v>1.1524</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>65</v>
       </c>
       <c r="B64">
-        <v>1.1511</v>
+        <v>1.1496</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>66</v>
       </c>
       <c r="B65">
-        <v>1.1456</v>
+        <v>1.1444</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>67</v>
       </c>
       <c r="B66">
-        <v>1.1462</v>
+        <v>1.1449</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>68</v>
       </c>
       <c r="B67">
-        <v>1.148</v>
+        <v>1.1445</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>69</v>
       </c>
       <c r="B68">
-        <v>1.1469</v>
+        <v>1.1442</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>70</v>
       </c>
       <c r="B69">
-        <v>1.1482</v>
+        <v>1.146</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>71</v>
       </c>
       <c r="B70">
-        <v>1.1451</v>
+        <v>1.1468</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>72</v>
       </c>
       <c r="B71">
-        <v>1.1417</v>
+        <v>1.1492</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>73</v>
       </c>
       <c r="B72">
-        <v>1.1393</v>
+        <v>1.1529</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>74</v>
       </c>
       <c r="B73">
-        <v>1.1295</v>
+        <v>1.1518</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>75</v>
       </c>
       <c r="B74">
-        <v>1.1267</v>
+        <v>1.1484</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>76</v>
       </c>
       <c r="B75">
-        <v>1.125</v>
+        <v>1.1465</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>77</v>
       </c>
       <c r="B76">
-        <v>1.1222</v>
+        <v>1.142</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>78</v>
       </c>
       <c r="B77">
-        <v>1.1241</v>
+        <v>1.141</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>79</v>
       </c>
       <c r="B78">
-        <v>1.1167</v>
+        <v>1.1436</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>80</v>
       </c>
       <c r="B79">
-        <v>1.1192</v>
+        <v>1.1472</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>81</v>
       </c>
       <c r="B80">
-        <v>1.1137</v>
+        <v>1.1468</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>82</v>
       </c>
       <c r="B81">
-        <v>1.1204</v>
+        <v>1.1518</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>83</v>
       </c>
       <c r="B82">
-        <v>1.1203</v>
+        <v>1.1542</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>84</v>
       </c>
       <c r="B83">
-        <v>1.1226</v>
+        <v>1.1519</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>85</v>
       </c>
       <c r="B84">
-        <v>1.1099</v>
+        <v>1.1529</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>86</v>
       </c>
       <c r="B85">
-        <v>1.1142</v>
+        <v>1.1511</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>87</v>
       </c>
       <c r="B86">
-        <v>1.1031</v>
+        <v>1.1456</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>88</v>
       </c>
       <c r="B87">
-        <v>1.1185</v>
+        <v>1.1462</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>89</v>
       </c>
       <c r="B88">
-        <v>1.1199</v>
+        <v>1.148</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>90</v>
       </c>
       <c r="B89">
-        <v>1.1202</v>
+        <v>1.1469</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>91</v>
       </c>
       <c r="B90">
-        <v>1.1204</v>
+        <v>1.1482</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>92</v>
       </c>
       <c r="B91">
-        <v>1.1206</v>
+        <v>1.1451</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>93</v>
       </c>
       <c r="B92">
-        <v>1.1242</v>
+        <v>1.1417</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>94</v>
       </c>
       <c r="B93">
-        <v>1.123</v>
+        <v>1.1393</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>95</v>
       </c>
       <c r="B94">
-        <v>1.1206</v>
+        <v>1.1295</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>96</v>
       </c>
       <c r="B95">
-        <v>1.1242</v>
+        <v>1.1267</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>97</v>
       </c>
       <c r="B96">
-        <v>1.1215</v>
+        <v>1.125</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>98</v>
       </c>
       <c r="B97">
-        <v>1.1184</v>
+        <v>1.1222</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>99</v>
       </c>
       <c r="B98">
-        <v>1.1133</v>
+        <v>1.1241</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>100</v>
       </c>
       <c r="B99">
-        <v>1.1116</v>
+        <v>1.1167</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>101</v>
       </c>
       <c r="B100">
-        <v>1.1122</v>
+        <v>1.1192</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>102</v>
       </c>
       <c r="B101">
-        <v>1.109</v>
+        <v>1.1137</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>103</v>
       </c>
       <c r="B102">
-        <v>1.1083</v>
+        <v>1.1204</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>104</v>
       </c>
       <c r="B103">
-        <v>1.1123</v>
+        <v>1.1203</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>105</v>
       </c>
       <c r="B104">
-        <v>1.1109</v>
+        <v>1.1226</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>106</v>
       </c>
       <c r="B105">
-        <v>1.1098</v>
+        <v>1.1099</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>107</v>
       </c>
       <c r="B106">
-        <v>1.1066</v>
+        <v>1.1142</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>108</v>
       </c>
       <c r="B107">
-        <v>1.0996</v>
+        <v>1.1031</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>109</v>
       </c>
       <c r="B108">
-        <v>1.096</v>
+        <v>1.1185</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>110</v>
       </c>
       <c r="B109">
-        <v>1.0895</v>
+        <v>1.1199</v>
       </c>
       <c r="C109" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>111</v>
       </c>
       <c r="B110">
-        <v>1.0911</v>
+        <v>1.1202</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>112</v>
       </c>
       <c r="B111">
-        <v>1.0833</v>
+        <v>1.1204</v>
       </c>
       <c r="C111" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>113</v>
       </c>
       <c r="B112">
-        <v>1.0818</v>
+        <v>1.1206</v>
       </c>
       <c r="C112" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>114</v>
       </c>
       <c r="B113">
-        <v>1.0726</v>
+        <v>1.1242</v>
       </c>
       <c r="C113" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>115</v>
       </c>
       <c r="B114">
-        <v>1.0668</v>
+        <v>1.123</v>
       </c>
       <c r="C114" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>116</v>
       </c>
       <c r="B115">
-        <v>1.0707</v>
+        <v>1.1206</v>
       </c>
       <c r="C115" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>117</v>
       </c>
       <c r="B116">
-        <v>1.0693</v>
+        <v>1.1242</v>
       </c>
       <c r="C116" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>118</v>
       </c>
       <c r="B117">
-        <v>1.0582</v>
+        <v>1.1215</v>
       </c>
       <c r="C117" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>119</v>
       </c>
       <c r="B118">
-        <v>1.0646</v>
+        <v>1.1184</v>
       </c>
       <c r="C118" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>120</v>
       </c>
       <c r="B119">
-        <v>1.0672</v>
+        <v>1.1133</v>
       </c>
       <c r="C119" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>121</v>
       </c>
       <c r="B120">
-        <v>1.0733</v>
+        <v>1.1116</v>
       </c>
       <c r="C120" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>122</v>
       </c>
       <c r="B121">
-        <v>1.0734</v>
+        <v>1.1122</v>
       </c>
       <c r="C121" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>123</v>
       </c>
       <c r="B122">
-        <v>1.0722</v>
+        <v>1.109</v>
       </c>
       <c r="C122" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>124</v>
       </c>
       <c r="B123">
-        <v>1.0749</v>
+        <v>1.1083</v>
       </c>
       <c r="C123" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>125</v>
       </c>
       <c r="B124">
-        <v>1.0693</v>
+        <v>1.1123</v>
       </c>
       <c r="C124" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>126</v>
       </c>
       <c r="B125">
-        <v>1.0716</v>
+        <v>1.1109</v>
       </c>
       <c r="C125" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>127</v>
       </c>
       <c r="B126">
-        <v>1.0766</v>
+        <v>1.1098</v>
       </c>
       <c r="C126" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>128</v>
       </c>
       <c r="B127">
-        <v>1.075</v>
+        <v>1.1066</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>129</v>
       </c>
       <c r="B128">
-        <v>1.0773</v>
+        <v>1.0996</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>130</v>
       </c>
       <c r="B129">
-        <v>1.078</v>
+        <v>1.096</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>131</v>
       </c>
       <c r="B130">
-        <v>1.0701</v>
+        <v>1.0895</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>132</v>
       </c>
       <c r="B131">
-        <v>1.0655</v>
+        <v>1.0911</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>133</v>
       </c>
       <c r="B132">
-        <v>1.0677</v>
+        <v>1.0833</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>134</v>
       </c>
       <c r="B133">
-        <v>1.0685</v>
+        <v>1.0818</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>135</v>
       </c>
       <c r="B134">
-        <v>1.0656</v>
+        <v>1.0726</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>136</v>
       </c>
       <c r="B135">
-        <v>1.0658</v>
+        <v>1.0668</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>137</v>
       </c>
       <c r="B136">
-        <v>1.0638</v>
+        <v>1.0707</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>138</v>
       </c>
       <c r="B137">
-        <v>1.0613</v>
+        <v>1.0693</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>139</v>
       </c>
       <c r="B138">
-        <v>1.0572</v>
+        <v>1.0582</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>140</v>
       </c>
       <c r="B139">
-        <v>1.0617</v>
+        <v>1.0646</v>
       </c>
       <c r="C139" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>141</v>
       </c>
       <c r="B140">
-        <v>1.0588</v>
+        <v>1.0672</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>142</v>
       </c>
       <c r="B141">
-        <v>1.0591</v>
+        <v>1.0733</v>
       </c>
       <c r="C141" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>143</v>
       </c>
       <c r="B142">
-        <v>1.0543</v>
+        <v>1.0734</v>
       </c>
       <c r="C142" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>144</v>
       </c>
       <c r="B143">
-        <v>1.049</v>
+        <v>1.0722</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>145</v>
       </c>
       <c r="B144">
-        <v>1.0503</v>
+        <v>1.0749</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>146</v>
       </c>
       <c r="B145">
-        <v>1.0548</v>
+        <v>1.0693</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>147</v>
       </c>
       <c r="B146">
-        <v>1.0509</v>
+        <v>1.0716</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>148</v>
       </c>
       <c r="B147">
-        <v>1.0507</v>
+        <v>1.0766</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>149</v>
       </c>
       <c r="B148">
-        <v>1.0508</v>
+        <v>1.075</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>150</v>
       </c>
       <c r="B149">
-        <v>1.0456</v>
+        <v>1.0773</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>151</v>
       </c>
       <c r="B150">
-        <v>1.0369</v>
+        <v>1.078</v>
       </c>
       <c r="C150" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>152</v>
       </c>
       <c r="B151">
-        <v>1.0363</v>
+        <v>1.0701</v>
       </c>
       <c r="C151" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>153</v>
       </c>
       <c r="B152">
-        <v>1.0363</v>
+        <v>1.0655</v>
       </c>
       <c r="C152" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>154</v>
       </c>
       <c r="B153">
-        <v>1.0392</v>
+        <v>1.0677</v>
       </c>
       <c r="C153" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>155</v>
       </c>
       <c r="B154">
-        <v>1.0403</v>
+        <v>1.0685</v>
       </c>
       <c r="C154" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>156</v>
       </c>
       <c r="B155">
-        <v>1.038</v>
+        <v>1.0656</v>
       </c>
       <c r="C155" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>157</v>
       </c>
       <c r="B156">
-        <v>1.0389</v>
+        <v>1.0658</v>
       </c>
       <c r="C156" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>158</v>
       </c>
       <c r="B157">
-        <v>1.0387</v>
+        <v>1.0638</v>
       </c>
       <c r="C157" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>159</v>
       </c>
       <c r="B158">
-        <v>1.0368</v>
+        <v>1.0613</v>
       </c>
       <c r="C158" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>160</v>
       </c>
       <c r="B159">
-        <v>1.0349</v>
+        <v>1.0572</v>
       </c>
       <c r="C159" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>161</v>
       </c>
       <c r="B160">
-        <v>1.0286</v>
+        <v>1.0617</v>
       </c>
       <c r="C160" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>162</v>
       </c>
       <c r="B161">
-        <v>1.0295</v>
+        <v>1.0588</v>
       </c>
       <c r="C161" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>163</v>
       </c>
       <c r="B162">
-        <v>1.0292</v>
+        <v>1.0591</v>
       </c>
       <c r="C162" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>164</v>
       </c>
       <c r="B163">
-        <v>1.0307</v>
+        <v>1.0543</v>
       </c>
       <c r="C163" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>165</v>
       </c>
       <c r="B164">
-        <v>1.0291</v>
+        <v>1.049</v>
       </c>
       <c r="C164" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>166</v>
       </c>
       <c r="B165">
-        <v>1.0261</v>
+        <v>1.0503</v>
       </c>
       <c r="C165" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>167</v>
       </c>
       <c r="B166">
-        <v>1.0239</v>
+        <v>1.0548</v>
       </c>
       <c r="C166" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>168</v>
       </c>
       <c r="B167">
-        <v>1.0221</v>
+        <v>1.0509</v>
       </c>
       <c r="C167" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>169</v>
       </c>
       <c r="B168">
-        <v>1.0093000000000001</v>
+        <v>1.0507</v>
       </c>
       <c r="C168" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>170</v>
       </c>
       <c r="B169">
-        <v>1.0065</v>
+        <v>1.0508</v>
       </c>
       <c r="C169" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>171</v>
       </c>
       <c r="B170">
-        <v>1.0029999999999999</v>
+        <v>1.0456</v>
       </c>
       <c r="C170" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>172</v>
       </c>
       <c r="B171">
-        <v>1.0062</v>
+        <v>1.0369</v>
       </c>
       <c r="C171" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>173</v>
       </c>
       <c r="B172">
-        <v>1.01</v>
+        <v>1.0363</v>
       </c>
       <c r="C172" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>174</v>
       </c>
       <c r="B173">
-        <v>1.0129</v>
+        <v>1.0363</v>
       </c>
       <c r="C173" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>175</v>
       </c>
       <c r="B174">
-        <v>1.0074000000000001</v>
+        <v>1.0392</v>
       </c>
       <c r="C174" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>176</v>
       </c>
       <c r="B175">
-        <v>1.0091000000000001</v>
+        <v>1.0403</v>
       </c>
       <c r="C175" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>177</v>
       </c>
       <c r="B176">
-        <v>1.0176</v>
+        <v>1.038</v>
       </c>
       <c r="C176" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>178</v>
       </c>
       <c r="B177">
-        <v>1.0202</v>
+        <v>1.0389</v>
       </c>
       <c r="C177" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>179</v>
       </c>
       <c r="B178">
-        <v>1.0164</v>
+        <v>1.0387</v>
       </c>
       <c r="C178" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>180</v>
       </c>
       <c r="B179">
-        <v>1.0146</v>
+        <v>1.0368</v>
       </c>
       <c r="C179" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>181</v>
       </c>
       <c r="B180">
-        <v>1.0172</v>
+        <v>1.0349</v>
       </c>
       <c r="C180" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>182</v>
       </c>
       <c r="B181">
-        <v>1.0239</v>
+        <v>1.0286</v>
       </c>
       <c r="C181" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>183</v>
       </c>
       <c r="B182">
-        <v>1.0212</v>
+        <v>1.0295</v>
       </c>
       <c r="C182" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>184</v>
       </c>
       <c r="B183">
-        <v>1.0207</v>
+        <v>1.0292</v>
       </c>
       <c r="C183" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>185</v>
       </c>
       <c r="B184">
-        <v>1.0134</v>
+        <v>1.0307</v>
       </c>
       <c r="C184" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>186</v>
       </c>
       <c r="B185">
-        <v>1.0085</v>
+        <v>1.0291</v>
       </c>
       <c r="C185" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>187</v>
       </c>
       <c r="B186">
-        <v>1.0063</v>
+        <v>1.0261</v>
       </c>
       <c r="C186" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>188</v>
       </c>
       <c r="B187">
-        <v>1.0044</v>
+        <v>1.0239</v>
       </c>
       <c r="C187" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>189</v>
       </c>
       <c r="B188">
-        <v>1.00069999999999992</v>
+        <v>1.0221</v>
       </c>
       <c r="C188" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>190</v>
       </c>
       <c r="B189">
-        <v>0.9956</v>
+        <v>1.0093000000000001</v>
       </c>
       <c r="C189" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>191</v>
       </c>
       <c r="B190">
-        <v>0.9861</v>
+        <v>1.0065</v>
       </c>
       <c r="C190" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>192</v>
       </c>
       <c r="B191">
-        <v>0.9861</v>
+        <v>1.0029999999999999</v>
       </c>
       <c r="C191" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>193</v>
       </c>
       <c r="B192">
-        <v>0.9965</v>
+        <v>1.0062</v>
       </c>
       <c r="C192" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>194</v>
       </c>
       <c r="B193">
-        <v>1.00059999999999993</v>
+        <v>1.01</v>
       </c>
       <c r="C193" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>195</v>
       </c>
       <c r="B194">
-        <v>1.0011000000000001</v>
+        <v>1.0129</v>
       </c>
       <c r="C194" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>196</v>
       </c>
       <c r="B195">
-        <v>0.9964</v>
+        <v>1.0074000000000001</v>
       </c>
       <c r="C195" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>197</v>
       </c>
       <c r="B196">
-        <v>0.996</v>
+        <v>1.0091000000000001</v>
       </c>
       <c r="C196" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>198</v>
       </c>
       <c r="B197">
-        <v>1.0001</v>
+        <v>1.0176</v>
       </c>
       <c r="C197" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>199</v>
       </c>
       <c r="B198">
-        <v>0.9997</v>
+        <v>1.0202</v>
       </c>
       <c r="C198" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>200</v>
       </c>
       <c r="B199">
-        <v>0.9995</v>
+        <v>1.0164</v>
       </c>
       <c r="C199" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>201</v>
       </c>
       <c r="B200">
-        <v>0.9993</v>
+        <v>1.0146</v>
       </c>
       <c r="C200" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>202</v>
       </c>
       <c r="B201">
-        <v>1.00059999999999993</v>
+        <v>1.0172</v>
       </c>
       <c r="C201" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>203</v>
       </c>
       <c r="B202">
-        <v>1.0014000000000001</v>
+        <v>1.0239</v>
       </c>
       <c r="C202" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>204</v>
       </c>
       <c r="B203">
-        <v>1.00049999999999994</v>
+        <v>1.0212</v>
       </c>
       <c r="C203" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>205</v>
       </c>
       <c r="B204">
-        <v>1.0</v>
+        <v>1.0207</v>
       </c>
       <c r="C204" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>206</v>
       </c>
       <c r="B205">
-        <v>0.9993</v>
+        <v>1.0134</v>
       </c>
       <c r="C205" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>207</v>
       </c>
       <c r="B206">
-        <v>0.9983</v>
+        <v>1.0085</v>
       </c>
       <c r="C206" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>208</v>
       </c>
       <c r="B207">
-        <v>0.9998</v>
+        <v>1.0063</v>
       </c>
       <c r="C207" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>209</v>
       </c>
       <c r="B208">
-        <v>0.9974</v>
+        <v>1.0044</v>
       </c>
       <c r="C208" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>210</v>
       </c>
       <c r="B209">
-        <v>0.9967</v>
+        <v>1.00069999999999992</v>
       </c>
       <c r="C209" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>211</v>
       </c>
       <c r="B210">
-        <v>0.9959</v>
+        <v>0.9956</v>
       </c>
       <c r="C210" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>212</v>
       </c>
       <c r="B211">
-        <v>0.9952</v>
+        <v>0.9861</v>
       </c>
       <c r="C211" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>213</v>
       </c>
       <c r="B212">
-        <v>0.9951</v>
+        <v>0.9861</v>
       </c>
       <c r="C212" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>214</v>
       </c>
       <c r="B213">
-        <v>0.9944</v>
+        <v>0.9965</v>
       </c>
       <c r="C213" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>215</v>
       </c>
       <c r="B214">
-        <v>0.9937</v>
+        <v>1.00059999999999993</v>
       </c>
       <c r="C214" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>216</v>
       </c>
       <c r="B215">
-        <v>0.9931</v>
+        <v>1.0011000000000001</v>
       </c>
       <c r="C215" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>217</v>
       </c>
       <c r="B216">
-        <v>0.9937</v>
+        <v>0.9964</v>
       </c>
       <c r="C216" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>218</v>
       </c>
       <c r="B217">
-        <v>0.9949</v>
+        <v>0.996</v>
       </c>
       <c r="C217" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>219</v>
       </c>
       <c r="B218">
-        <v>0.9952</v>
+        <v>1.0001</v>
       </c>
       <c r="C218" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>220</v>
       </c>
       <c r="B219">
-        <v>0.995</v>
+        <v>0.9997</v>
       </c>
       <c r="C219" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>221</v>
       </c>
       <c r="B220">
-        <v>0.9963</v>
+        <v>0.9995</v>
       </c>
       <c r="C220" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>222</v>
       </c>
       <c r="B221">
-        <v>0.9968</v>
+        <v>0.9993</v>
       </c>
       <c r="C221" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>223</v>
       </c>
       <c r="B222">
-        <v>0.9945</v>
+        <v>1.00059999999999993</v>
       </c>
       <c r="C222" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>224</v>
       </c>
       <c r="B223">
-        <v>0.9923</v>
+        <v>1.0014000000000001</v>
       </c>
       <c r="C223" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>225</v>
       </c>
       <c r="B224">
-        <v>0.9929</v>
+        <v>1.00049999999999994</v>
       </c>
       <c r="C224" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>226</v>
       </c>
       <c r="B225">
-        <v>0.9955</v>
+        <v>1.0</v>
       </c>
       <c r="C225" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>227</v>
       </c>
       <c r="B226">
-        <v>0.9954</v>
+        <v>0.9993</v>
       </c>
       <c r="C226" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>228</v>
       </c>
       <c r="B227">
-        <v>0.996</v>
+        <v>0.9983</v>
       </c>
       <c r="C227" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>229</v>
       </c>
       <c r="B228">
-        <v>0.997</v>
+        <v>0.9998</v>
       </c>
       <c r="C228" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>230</v>
       </c>
       <c r="B229">
-        <v>0.9984</v>
+        <v>0.9974</v>
       </c>
       <c r="C229" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>231</v>
       </c>
       <c r="B230">
-        <v>0.9988</v>
+        <v>0.9967</v>
       </c>
       <c r="C230" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>232</v>
       </c>
       <c r="B231">
-        <v>1.0</v>
+        <v>0.9959</v>
       </c>
       <c r="C231" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>233</v>
       </c>
       <c r="B232">
-        <v>0.9999</v>
+        <v>0.9952</v>
       </c>
       <c r="C232" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>234</v>
       </c>
       <c r="B233">
-        <v>1.00069999999999992</v>
+        <v>0.9951</v>
       </c>
       <c r="C233" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>235</v>
       </c>
       <c r="B234">
-        <v>1.00039999999999996</v>
+        <v>0.9944</v>
       </c>
       <c r="C234" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>236</v>
       </c>
       <c r="B235">
-        <v>1.0001</v>
+        <v>0.9937</v>
       </c>
       <c r="C235" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
         <v>237</v>
       </c>
       <c r="B236">
-        <v>0.9997</v>
+        <v>0.9931</v>
       </c>
       <c r="C236" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>238</v>
       </c>
       <c r="B237">
-        <v>0.9997</v>
+        <v>0.9937</v>
       </c>
       <c r="C237" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>239</v>
       </c>
       <c r="B238">
-        <v>1.0</v>
+        <v>0.9949</v>
       </c>
       <c r="C238" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
         <v>240</v>
       </c>
       <c r="B239">
-        <v>1.0</v>
+        <v>0.9952</v>
       </c>
       <c r="C239" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>241</v>
       </c>
       <c r="B240">
-        <v>1.0</v>
+        <v>0.995</v>
       </c>
       <c r="C240" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>242</v>
       </c>
       <c r="B241">
-        <v>1.0</v>
+        <v>0.9963</v>
       </c>
       <c r="C241" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>243</v>
       </c>
       <c r="B242">
+        <v>0.9968</v>
+      </c>
+      <c r="C242" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" t="s">
+        <v>244</v>
+      </c>
+      <c r="B243">
+        <v>0.9945</v>
+      </c>
+      <c r="C243" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" t="s">
+        <v>245</v>
+      </c>
+      <c r="B244">
+        <v>0.9923</v>
+      </c>
+      <c r="C244" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" t="s">
+        <v>246</v>
+      </c>
+      <c r="B245">
+        <v>0.9929</v>
+      </c>
+      <c r="C245" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" t="s">
+        <v>247</v>
+      </c>
+      <c r="B246">
+        <v>0.9955</v>
+      </c>
+      <c r="C246" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" t="s">
+        <v>248</v>
+      </c>
+      <c r="B247">
+        <v>0.9954</v>
+      </c>
+      <c r="C247" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" t="s">
+        <v>249</v>
+      </c>
+      <c r="B248">
+        <v>0.996</v>
+      </c>
+      <c r="C248" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" t="s">
+        <v>250</v>
+      </c>
+      <c r="B249">
+        <v>0.997</v>
+      </c>
+      <c r="C249" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" t="s">
+        <v>251</v>
+      </c>
+      <c r="B250">
+        <v>0.9984</v>
+      </c>
+      <c r="C250" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" t="s">
+        <v>252</v>
+      </c>
+      <c r="B251">
+        <v>0.9988</v>
+      </c>
+      <c r="C251" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" t="s">
+        <v>253</v>
+      </c>
+      <c r="B252">
         <v>1.0</v>
       </c>
-      <c r="C242" t="s">
+      <c r="C252" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" t="s">
+        <v>254</v>
+      </c>
+      <c r="B253">
+        <v>0.9999</v>
+      </c>
+      <c r="C253" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" t="s">
+        <v>255</v>
+      </c>
+      <c r="B254">
+        <v>1.00069999999999992</v>
+      </c>
+      <c r="C254" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" t="s">
+        <v>256</v>
+      </c>
+      <c r="B255">
+        <v>1.00039999999999996</v>
+      </c>
+      <c r="C255" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" t="s">
+        <v>257</v>
+      </c>
+      <c r="B256">
+        <v>1.0001</v>
+      </c>
+      <c r="C256" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" t="s">
+        <v>258</v>
+      </c>
+      <c r="B257">
+        <v>0.9997</v>
+      </c>
+      <c r="C257" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" t="s">
+        <v>259</v>
+      </c>
+      <c r="B258">
+        <v>0.9997</v>
+      </c>
+      <c r="C258" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" t="s">
+        <v>260</v>
+      </c>
+      <c r="B259">
+        <v>1.0</v>
+      </c>
+      <c r="C259" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" t="s">
+        <v>261</v>
+      </c>
+      <c r="B260">
+        <v>1.0</v>
+      </c>
+      <c r="C260" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" t="s">
+        <v>262</v>
+      </c>
+      <c r="B261">
+        <v>1.0</v>
+      </c>
+      <c r="C261" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" t="s">
+        <v>263</v>
+      </c>
+      <c r="B262">
+        <v>1.0</v>
+      </c>
+      <c r="C262" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" t="s">
+        <v>264</v>
+      </c>
+      <c r="B263">
+        <v>1.0</v>
+      </c>
+      <c r="C263" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>